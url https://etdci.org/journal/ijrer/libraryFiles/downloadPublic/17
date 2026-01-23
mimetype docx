--- v0 (2025-10-07)
+++ v1 (2026-01-23)
@@ -1,44 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1588BFAD" w14:textId="77777777" w:rsidR="009A3C69" w:rsidRDefault="009A3C69" w:rsidP="00956EB6">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F71AA1A" w14:textId="3A798FC1" w:rsidR="00904D6D" w:rsidRPr="00497816" w:rsidRDefault="00CD44B9" w:rsidP="00956EB6">
       <w:pPr>
@@ -141,290 +142,182 @@
       </w:r>
       <w:r w:rsidRPr="003D5B84">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>, Third Author</w:t>
       </w:r>
       <w:r w:rsidR="001A7D56" w:rsidRPr="001A7D56">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00D74C5F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (10 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E2F1A4" w14:textId="34FE12E9" w:rsidR="00A17296" w:rsidRDefault="001A7D56" w:rsidP="00E2599A">
+    <w:p w14:paraId="05E2F1A4" w14:textId="34FE12E9" w:rsidR="00A17296" w:rsidRPr="0072434A" w:rsidRDefault="001A7D56" w:rsidP="00E2599A">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0072434A">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00493325">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00493325" w:rsidRPr="0072434A">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A11BEB" w:rsidRPr="00A11BEB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A11BEB" w:rsidRPr="0072434A">
         <w:t>Departement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A11BEB" w:rsidRPr="00A11BEB">
-[...17 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A11BEB" w:rsidRPr="0072434A">
+        <w:t xml:space="preserve"> of Mathematics Education, U</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0A03" w:rsidRPr="0072434A">
         <w:t xml:space="preserve">niversitas </w:t>
       </w:r>
-      <w:r w:rsidR="00A11BEB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A11BEB" w:rsidRPr="0072434A">
         <w:t>Negeri Makassar</w:t>
       </w:r>
-      <w:r w:rsidR="00332B2B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00332B2B" w:rsidRPr="0072434A">
+        <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">, Indonesia </w:t>
       </w:r>
-      <w:r w:rsidR="00D74C5F">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D74C5F" w:rsidRPr="0072434A">
         <w:t>(9 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E5CE390" w14:textId="3BE5B1FC" w:rsidR="00904D6D" w:rsidRDefault="001A7D56" w:rsidP="00E2599A">
+    <w:p w14:paraId="6E5CE390" w14:textId="3BE5B1FC" w:rsidR="00904D6D" w:rsidRPr="0072434A" w:rsidRDefault="001A7D56" w:rsidP="00E2599A">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0072434A">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00493325">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00493325" w:rsidRPr="0072434A">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A11BEB" w:rsidRPr="00A11BEB">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A11BEB" w:rsidRPr="0072434A">
         <w:t>Departement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A11BEB" w:rsidRPr="00A11BEB">
-[...17 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A11BEB" w:rsidRPr="0072434A">
+        <w:t xml:space="preserve"> of Mathematics Education, U</w:t>
+      </w:r>
+      <w:r w:rsidR="006B28BA" w:rsidRPr="0072434A">
         <w:t xml:space="preserve">niversitas </w:t>
       </w:r>
-      <w:r w:rsidR="001A0A03">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001A0A03" w:rsidRPr="0072434A">
         <w:t>Muhammadiyah Makassar</w:t>
       </w:r>
-      <w:r w:rsidR="00332B2B">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00332B2B" w:rsidRPr="0072434A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00332B2B">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00332B2B" w:rsidRPr="0072434A">
+        <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Indonesia</w:t>
       </w:r>
-      <w:r w:rsidR="00E2599A">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E2599A" w:rsidRPr="0072434A">
         <w:t xml:space="preserve"> (9 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E07EF8F" w14:textId="5BF4A8AE" w:rsidR="00B228B1" w:rsidRPr="00E2599A" w:rsidRDefault="00B228B1" w:rsidP="00B228B1">
+    <w:p w14:paraId="4E07EF8F" w14:textId="5BF4A8AE" w:rsidR="00B228B1" w:rsidRPr="0072434A" w:rsidRDefault="00B228B1" w:rsidP="00B228B1">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0072434A">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00493325">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00493325" w:rsidRPr="0072434A">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A11BEB" w:rsidRPr="00A11BEB">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00A11BEB" w:rsidRPr="0072434A">
+        <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:t>Departement of Mathematics Education</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>Departement of Mathematics Education, U</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3C69" w:rsidRPr="0072434A">
+        <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:t>, U</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>niversitas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0072434A">
+        <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:t>niversitas</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t xml:space="preserve"> Islam As’adiyah Sengkang</w:t>
+      </w:r>
+      <w:r w:rsidR="00332B2B" w:rsidRPr="0072434A">
+        <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Islam As’adiyah Sengkang</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>, Indonesia</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3C69" w:rsidRPr="0072434A">
+        <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:t>, Indonesia</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0072434A">
         <w:t>(9 pt)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C92F3FC" w14:textId="77777777" w:rsidR="00904D6D" w:rsidRDefault="00904D6D" w:rsidP="0088233C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CA7014F" w14:textId="77777777" w:rsidR="00C07BEF" w:rsidRDefault="00C07BEF" w:rsidP="0088233C">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8897" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2802"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="5812"/>
       </w:tblGrid>
       <w:tr w:rsidR="006B027E" w14:paraId="4229A528" w14:textId="77777777" w:rsidTr="00C07BEF">
@@ -518,51 +411,51 @@
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="52B1D1E9" w14:textId="77777777" w:rsidR="00941203" w:rsidRPr="007F286F" w:rsidRDefault="00941203" w:rsidP="00941203">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F286F">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Article history:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ACEC472" w14:textId="503FC7B2" w:rsidR="00941203" w:rsidRPr="00D459E3" w:rsidRDefault="00941203" w:rsidP="00957C11">
+          <w:p w14:paraId="0ACEC472" w14:textId="2619DC77" w:rsidR="00941203" w:rsidRPr="00D459E3" w:rsidRDefault="00941203" w:rsidP="00957C11">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Received </w:t>
             </w:r>
             <w:r w:rsidR="006D5C19" w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
@@ -571,60 +464,60 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006D5C19" w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
               <w:t>xx</w:t>
             </w:r>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>, 20</w:t>
             </w:r>
             <w:r w:rsidR="00AF2BB1" w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009F1197">
+            <w:r w:rsidR="009F26F7">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E411992" w14:textId="5DDCADF9" w:rsidR="00941203" w:rsidRDefault="00941203" w:rsidP="00957C11">
+          <w:p w14:paraId="3E411992" w14:textId="25DAF664" w:rsidR="00941203" w:rsidRDefault="00941203" w:rsidP="00957C11">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Accepted </w:t>
             </w:r>
             <w:r w:rsidR="006D5C19" w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
@@ -634,60 +527,60 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006D5C19" w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
               <w:t>xx</w:t>
             </w:r>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>, 20</w:t>
             </w:r>
             <w:r w:rsidR="00AF2BB1" w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009F1197">
+            <w:r w:rsidR="009F26F7">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46956D64" w14:textId="4C96BFC3" w:rsidR="009F1197" w:rsidRPr="00D459E3" w:rsidRDefault="009F1197" w:rsidP="00957C11">
+          <w:p w14:paraId="46956D64" w14:textId="7BEE1BCC" w:rsidR="009F1197" w:rsidRPr="00D459E3" w:rsidRDefault="009F1197" w:rsidP="00957C11">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Publish</w:t>
             </w:r>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">ed </w:t>
             </w:r>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
@@ -703,143 +596,108 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
               <w:t>xx</w:t>
             </w:r>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>, 20</w:t>
             </w:r>
             <w:r w:rsidRPr="00D459E3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009F26F7">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="627ED652" w14:textId="77777777" w:rsidR="00941203" w:rsidRPr="00957C11" w:rsidRDefault="00941203" w:rsidP="00941203">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="36F0F14A" w14:textId="77777777" w:rsidR="00941203" w:rsidRDefault="00941203" w:rsidP="00957C11">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54657421" w14:textId="16737002" w:rsidR="00941203" w:rsidRPr="00957C11" w:rsidRDefault="00493325" w:rsidP="006B28BA">
+          <w:p w14:paraId="54657421" w14:textId="2F095CA9" w:rsidR="00941203" w:rsidRPr="00957C11" w:rsidRDefault="006E3DD1" w:rsidP="006B28BA">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00493325">
+            <w:r w:rsidRPr="006E3DD1">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="id-ID"/>
               </w:rPr>
-              <w:t>Please draft the abstract section in English, ensuring it does not exceed 250 words. The Abstract section must contain the core of the problem to be presented, which contains the research objectives, research methods, data analysis, summary of research results, and conclusions. Write the abstract in one space using a 9 pt font size. The abstract should be written briefly, concisely, and clearly, but it should describe the contents of the article</w:t>
-[...34 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Please draft the abstract section in English, ensuring it does not exceed 250 words. The Abstract section must contain the core of the problem to be presented, which contains the problem statement, research objectives, research methods, data analysis, summary of research results, and conclusions. Write the abstract in one space using a 9 pt font size. The abstract should be written briefly, concisely, and clearly, but it should describe the contents of the article. (9 pt).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00941203" w14:paraId="6ACFF013" w14:textId="77777777" w:rsidTr="00C07BEF">
         <w:trPr>
           <w:trHeight w:val="1231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E27E61F" w14:textId="77777777" w:rsidR="00941203" w:rsidRPr="007F286F" w:rsidRDefault="00941203" w:rsidP="00941203">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
@@ -1145,321 +1003,221 @@
             <w:r w:rsidR="006B027E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F286F" w14:paraId="1691AE34" w14:textId="77777777" w:rsidTr="00E46667">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8897" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53E06B95" w14:textId="77777777" w:rsidR="007F286F" w:rsidRPr="00775349" w:rsidRDefault="007F286F" w:rsidP="00941203">
+          <w:p w14:paraId="53E06B95" w14:textId="77777777" w:rsidR="007F286F" w:rsidRPr="0072434A" w:rsidRDefault="007F286F" w:rsidP="00941203">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00775349">
+            <w:r w:rsidRPr="0072434A">
               <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Corresponding Author:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="638C03AD" w14:textId="77777777" w:rsidR="007F286F" w:rsidRPr="00775349" w:rsidRDefault="001A7D56" w:rsidP="007F286F">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="638C03AD" w14:textId="77777777" w:rsidR="007F286F" w:rsidRPr="0072434A" w:rsidRDefault="001A7D56" w:rsidP="007F286F">
+            <w:r w:rsidRPr="0072434A">
               <w:t>Name of Corresponding</w:t>
             </w:r>
-            <w:r w:rsidR="007F286F" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="007F286F" w:rsidRPr="0072434A">
               <w:t xml:space="preserve"> Author, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="697C634C" w14:textId="0AF7613D" w:rsidR="007F286F" w:rsidRPr="00775349" w:rsidRDefault="007F286F" w:rsidP="007F286F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="697C634C" w14:textId="0AF7613D" w:rsidR="007F286F" w:rsidRPr="0072434A" w:rsidRDefault="007F286F" w:rsidP="007F286F">
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0072434A">
               <w:t>Departement</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0072434A">
               <w:t xml:space="preserve"> of</w:t>
             </w:r>
-            <w:r w:rsidR="00E861C6" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E861C6" w:rsidRPr="0072434A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006B28BA" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="006B28BA" w:rsidRPr="0072434A">
               <w:t xml:space="preserve">Mathematics </w:t>
             </w:r>
-            <w:r w:rsidR="00E861C6" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00E861C6" w:rsidRPr="0072434A">
               <w:t>Education</w:t>
             </w:r>
-            <w:r w:rsidR="00941203" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00941203" w:rsidRPr="0072434A">
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00975198" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00975198" w:rsidRPr="0072434A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001A0A03" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="001A0A03" w:rsidRPr="0072434A">
               <w:t xml:space="preserve">Universitas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="001A0A03" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="001A0A03" w:rsidRPr="0072434A">
               <w:t>Cokroaminoto</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="001A0A03" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="001A0A03" w:rsidRPr="0072434A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="001A0A03" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="001A0A03" w:rsidRPr="0072434A">
               <w:t>Palopo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0088263E" w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="0088263E" w:rsidRPr="0072434A">
               <w:t>, Indonesia</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63FA5B69" w14:textId="77777777" w:rsidR="00941203" w:rsidRPr="00775349" w:rsidRDefault="00941203" w:rsidP="00A47588">
+          <w:p w14:paraId="63FA5B69" w14:textId="77777777" w:rsidR="00941203" w:rsidRPr="0072434A" w:rsidRDefault="00941203" w:rsidP="00A47588">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00775349">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0072434A">
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="008D732E" w:rsidRPr="00775349">
+              <w:r w:rsidR="008D732E" w:rsidRPr="0072434A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
                   <w:lang w:val="id-ID"/>
                 </w:rPr>
                 <w:t>author</w:t>
               </w:r>
-              <w:r w:rsidR="008D732E" w:rsidRPr="00775349">
+              <w:r w:rsidR="008D732E" w:rsidRPr="0072434A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>_cor</w:t>
               </w:r>
-              <w:r w:rsidR="008D732E" w:rsidRPr="00775349">
+              <w:r w:rsidR="008D732E" w:rsidRPr="0072434A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
                   <w:lang w:val="id-ID"/>
                 </w:rPr>
                 <w:t>r</w:t>
               </w:r>
-              <w:r w:rsidR="008D732E" w:rsidRPr="00775349">
+              <w:r w:rsidR="008D732E" w:rsidRPr="0072434A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>esponding@pmpm.or.id</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E46667" w14:paraId="0300A7C5" w14:textId="77777777" w:rsidTr="00E46667">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8897" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2073513F" w14:textId="748E4884" w:rsidR="00E46667" w:rsidRPr="00775349" w:rsidRDefault="00E46667" w:rsidP="00E46667">
+          <w:p w14:paraId="2073513F" w14:textId="748E4884" w:rsidR="00E46667" w:rsidRPr="0072434A" w:rsidRDefault="00E46667" w:rsidP="00E46667">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00775349">
+            <w:r w:rsidRPr="0072434A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">How to cite:   </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00775349">
+            <w:r w:rsidRPr="0072434A">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hasbi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00775349">
+            <w:r w:rsidRPr="0072434A">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, M., Muzaini, M., &amp; Ikram, M. (2025). Article Title. </w:t>
             </w:r>
-            <w:r w:rsidR="002D0F19" w:rsidRPr="002D0F19">
+            <w:r w:rsidR="002D0F19" w:rsidRPr="0072434A">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ETDC: Indonesian Journal of Research and Educational Review</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D0F19">
+            <w:r w:rsidRPr="0072434A">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, X(X),</w:t>
             </w:r>
-            <w:r w:rsidRPr="00775349">
+            <w:r w:rsidRPr="0072434A">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1 – 20. https://doi.org/10.51574/ijrer.vXXX.XXX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A4DF193" w14:textId="77777777" w:rsidR="00F529F4" w:rsidRPr="00F529F4" w:rsidRDefault="00F529F4" w:rsidP="00F529F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FC4E7F2" w14:textId="2188706E" w:rsidR="00904D6D" w:rsidRPr="00956EB6" w:rsidRDefault="00F33C08" w:rsidP="00A47588">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1581,71 +1339,71 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Write the introduction in the following order: A little general background about the study related to your research theme is needed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="358A2530" w14:textId="77777777" w:rsidR="00A93E5D" w:rsidRDefault="00E678FF" w:rsidP="00A93E5D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="294"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E678FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A brief literature review of similar studies from previous years is necessary to justify the novelty of this article, and it must include references to journals from the last 10 years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CB03909" w14:textId="77777777" w:rsidR="00A93E5D" w:rsidRDefault="00E678FF" w:rsidP="00A93E5D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="294"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E678FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The gap analysis, which shows what is new or original about this research, is compared to earlier similar studies or the latest developments in the field (Muzaini et al., 2024).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E558E19" w14:textId="0B3433B4" w:rsidR="006B28BA" w:rsidRPr="00A93E5D" w:rsidRDefault="00E678FF" w:rsidP="00A93E5D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="294"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E678FF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Describe the problem based on facts and hypotheses (if any). Provide solutions or approaches to address the problem. The expected results or objectives of the research in this article</w:t>
       </w:r>
       <w:r w:rsidR="00022523" w:rsidRPr="008D732E">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -2759,71 +2517,71 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> pt)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E7704E" w14:textId="77777777" w:rsidR="00A93E5D" w:rsidRDefault="00A93E5D" w:rsidP="00A93E5D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="294"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A93E5D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">This section contains research results and discussion. When conducting R&amp;D research, it's important to showcase the final product, particularly the content that aligns with the research title. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4915DE" w14:textId="6294DCCC" w:rsidR="00022523" w:rsidRPr="008D732E" w:rsidRDefault="00A93E5D" w:rsidP="00A93E5D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="294"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A93E5D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The research results and discussion follow a distinct format. The present processed research data, not raw data. Tables, graphs, or images can support the verbal presentation of research results when necessary. In the discussion, there is a link between the results obtained and the basic concept or hypothesis</w:t>
       </w:r>
       <w:r w:rsidR="005B0866" w:rsidRPr="008D732E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD8F1FE" w14:textId="77777777" w:rsidR="00A47588" w:rsidRPr="008D732E" w:rsidRDefault="00A47588" w:rsidP="005B0866">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FC858FF" w14:textId="77777777" w:rsidR="005B0866" w:rsidRPr="008D732E" w:rsidRDefault="005B0866" w:rsidP="00A47588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -3269,99 +3027,71 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5418307B" w14:textId="76823D9C" w:rsidR="00000F69" w:rsidRDefault="00000F69" w:rsidP="006F5914">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00000F69">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Hasbi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00000F69">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, M., </w:t>
-[...17 lines deleted...]
-        <w:t>, A., &amp; Sulaiman, R. (2019, December). Mathematical connection middle-school students 8th in realistic mathematics education. In </w:t>
+        <w:t>, M., Lukito, A., &amp; Sulaiman, R. (2019, December). Mathematical connection middle-school students 8th in realistic mathematics education. In </w:t>
       </w:r>
       <w:r w:rsidRPr="00000F69">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Journal of Physics: </w:t>
-[...10 lines deleted...]
-        <w:t>Conference Series</w:t>
+        <w:t>Journal of Physics: Conference Series</w:t>
       </w:r>
       <w:r w:rsidRPr="00000F69">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> (Vol. 1417, No. 1, p. 012047). IOP Publishing.</w:t>
       </w:r>
       <w:r w:rsidR="006F5914">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F5914" w:rsidRPr="006F5914">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>http://dx.doi.org/10.1088/1742-6596/1417/1/012047</w:t>
       </w:r>
@@ -3464,232 +3194,241 @@
           <w:t>http://dx.doi.org/10.4014/jmb.1308.08060</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008D732E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75275EBE" w14:textId="77777777" w:rsidR="00231A19" w:rsidRDefault="00231A19" w:rsidP="00231A19">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00231A19" w:rsidSect="00EA118B">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
-      <w:footerReference w:type="default" r:id="rId13"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="334" w:right="1418" w:bottom="1418" w:left="1701" w:header="1134" w:footer="775" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="016BE1A8" w14:textId="77777777" w:rsidR="00C64BD4" w:rsidRDefault="00C64BD4">
+    <w:p w14:paraId="0C35BFB7" w14:textId="77777777" w:rsidR="00E172AB" w:rsidRDefault="00E172AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="374FA8C8" w14:textId="77777777" w:rsidR="00C64BD4" w:rsidRDefault="00C64BD4">
+    <w:p w14:paraId="32330713" w14:textId="77777777" w:rsidR="00E172AB" w:rsidRDefault="00E172AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Traditional Arabic">
-    <w:altName w:val="Segoe Print"/>
     <w:charset w:val="B2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino">
     <w:altName w:val="Book Antiqua"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BatangChe">
-    <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Juice ITC">
     <w:panose1 w:val="04040403040A02020202"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="50D209B4" w14:textId="77777777" w:rsidR="001402C0" w:rsidRDefault="001402C0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61AE24F7" w14:textId="77777777" w:rsidR="00097958" w:rsidRPr="00D63462" w:rsidRDefault="00097958" w:rsidP="00D63462">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5AC46421" w14:textId="0671A503" w:rsidR="00097958" w:rsidRPr="0094256E" w:rsidRDefault="00EA118B" w:rsidP="0094256E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="240"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F721563" w14:textId="77777777" w:rsidR="00C64BD4" w:rsidRDefault="00C64BD4">
+    <w:p w14:paraId="50BE0F05" w14:textId="77777777" w:rsidR="00E172AB" w:rsidRDefault="00E172AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45647F37" w14:textId="77777777" w:rsidR="00C64BD4" w:rsidRDefault="00C64BD4">
+    <w:p w14:paraId="59982C08" w14:textId="77777777" w:rsidR="00E172AB" w:rsidRDefault="00E172AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4931191B" w14:textId="77777777" w:rsidR="00097958" w:rsidRPr="003D5B84" w:rsidRDefault="00EB5D17" w:rsidP="008B04B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="outside" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003D5B84">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00097958" w:rsidRPr="003D5B84">
@@ -3864,51 +3603,51 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="003D5B84">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00585175">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>103</w:t>
     </w:r>
     <w:r w:rsidRPr="003D5B84">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="690FAA89" w14:textId="7C4D049B" w:rsidR="00D63462" w:rsidRPr="00A47588" w:rsidRDefault="00D459E3" w:rsidP="00A47588">
+  <w:p w14:paraId="690FAA89" w14:textId="7E2AF13D" w:rsidR="00D63462" w:rsidRPr="00A47588" w:rsidRDefault="00D459E3" w:rsidP="00A47588">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4395"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:lang w:val="id-ID"/>
         <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:solidFill>
             <w14:srgbClr w14:val="000000"/>
           </w14:solidFill>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0004640F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57D6A958" wp14:editId="7DA27CAC">
               <wp:simplePos x="0" y="0"/>
@@ -4111,55 +3850,55 @@
     </w:r>
     <w:r w:rsidR="00A47588">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> X</w:t>
     </w:r>
     <w:r w:rsidR="00D63462" w:rsidRPr="003D5B84">
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00A47588">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00D63462" w:rsidRPr="003D5B84">
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="00F529F4">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00EA118B">
+    <w:r w:rsidR="001402C0">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00D63462" w:rsidRPr="003D5B84">
       <w:t xml:space="preserve">, pp. </w:t>
     </w:r>
     <w:r w:rsidR="00A47588">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t>XX-XX</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="190E3D3D" w14:textId="77777777" w:rsidR="00097958" w:rsidRPr="003D5B84" w:rsidRDefault="00585175" w:rsidP="0094367D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="360" w:firstLine="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F94A0B5" wp14:editId="53E60669">
               <wp:simplePos x="0" y="0"/>
@@ -4428,51 +4167,51 @@
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidRPr="00284A5B">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidRPr="00284A5B">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">ISSN </w:t>
     </w:r>
     <w:r w:rsidR="00284A5B" w:rsidRPr="00284A5B">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>2809-3682</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7A3EDE80" w14:textId="790C089D" w:rsidR="00A47588" w:rsidRDefault="002F6BBA" w:rsidP="001A0A03">
+  <w:p w14:paraId="7A3EDE80" w14:textId="6800028F" w:rsidR="00A47588" w:rsidRDefault="002F6BBA" w:rsidP="001A0A03">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:ind w:left="1276" w:right="-1"/>
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001A0A03">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>Vol</w:t>
     </w:r>
     <w:r w:rsidR="0094256E" w:rsidRPr="001A0A03">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>ume</w:t>
     </w:r>
     <w:r w:rsidR="0094256E">
@@ -4483,55 +4222,55 @@
     </w:r>
     <w:r w:rsidR="00A47588">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve">No. </w:t>
     </w:r>
     <w:r w:rsidR="0094256E">
       <w:t>X</w:t>
     </w:r>
     <w:r w:rsidRPr="003D5B84">
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00A47588">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="003D5B84">
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="001A0A03">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="004F2E0F">
+    <w:r w:rsidR="009F26F7">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00F529F4">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t>, pp XX</w:t>
     </w:r>
     <w:r w:rsidR="004F2E0F">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00F529F4">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="004F2E0F">
       <w:rPr>
         <w:lang w:val="id-ID"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -6360,51 +6099,51 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1772816237">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1518035461">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1907102305">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="944458757">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="137767964">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -6486,58 +6225,61 @@
     <w:rsid w:val="000E28E0"/>
     <w:rsid w:val="000E46C5"/>
     <w:rsid w:val="000E4FD6"/>
     <w:rsid w:val="000E708C"/>
     <w:rsid w:val="000F279B"/>
     <w:rsid w:val="000F29E1"/>
     <w:rsid w:val="000F61E2"/>
     <w:rsid w:val="000F7ED5"/>
     <w:rsid w:val="0010046E"/>
     <w:rsid w:val="00102A61"/>
     <w:rsid w:val="001041EB"/>
     <w:rsid w:val="00104BF1"/>
     <w:rsid w:val="00106F02"/>
     <w:rsid w:val="001078A8"/>
     <w:rsid w:val="00107904"/>
     <w:rsid w:val="001129DE"/>
     <w:rsid w:val="0011369D"/>
     <w:rsid w:val="00113F18"/>
     <w:rsid w:val="00114470"/>
     <w:rsid w:val="00117326"/>
     <w:rsid w:val="00117C85"/>
     <w:rsid w:val="00121C37"/>
     <w:rsid w:val="00122833"/>
     <w:rsid w:val="00125C41"/>
     <w:rsid w:val="00126B1A"/>
+    <w:rsid w:val="00127A0F"/>
     <w:rsid w:val="0013179E"/>
     <w:rsid w:val="00131A6C"/>
     <w:rsid w:val="00131E4C"/>
     <w:rsid w:val="00133B59"/>
     <w:rsid w:val="00136716"/>
     <w:rsid w:val="00137465"/>
     <w:rsid w:val="00137E25"/>
     <w:rsid w:val="00137F36"/>
+    <w:rsid w:val="001402C0"/>
+    <w:rsid w:val="0014340F"/>
     <w:rsid w:val="001434C3"/>
     <w:rsid w:val="001441CB"/>
     <w:rsid w:val="00145453"/>
     <w:rsid w:val="0014611F"/>
     <w:rsid w:val="00146861"/>
     <w:rsid w:val="001517E4"/>
     <w:rsid w:val="00151E7C"/>
     <w:rsid w:val="00153387"/>
     <w:rsid w:val="00154C55"/>
     <w:rsid w:val="00157C06"/>
     <w:rsid w:val="00161845"/>
     <w:rsid w:val="00162849"/>
     <w:rsid w:val="00166432"/>
     <w:rsid w:val="00167012"/>
     <w:rsid w:val="001671A8"/>
     <w:rsid w:val="0016761A"/>
     <w:rsid w:val="00167BE2"/>
     <w:rsid w:val="0017238E"/>
     <w:rsid w:val="00177E2C"/>
     <w:rsid w:val="00180992"/>
     <w:rsid w:val="00180FD2"/>
     <w:rsid w:val="00180FD4"/>
     <w:rsid w:val="00181509"/>
     <w:rsid w:val="00181965"/>
     <w:rsid w:val="00185202"/>
@@ -6784,99 +6526,102 @@
     <w:rsid w:val="004902C8"/>
     <w:rsid w:val="004905D4"/>
     <w:rsid w:val="00492E44"/>
     <w:rsid w:val="00493325"/>
     <w:rsid w:val="004947B9"/>
     <w:rsid w:val="0049514C"/>
     <w:rsid w:val="00496DFD"/>
     <w:rsid w:val="00497816"/>
     <w:rsid w:val="004A0C8B"/>
     <w:rsid w:val="004A187E"/>
     <w:rsid w:val="004A335F"/>
     <w:rsid w:val="004A3F3D"/>
     <w:rsid w:val="004A4FDB"/>
     <w:rsid w:val="004A5FC0"/>
     <w:rsid w:val="004A7C83"/>
     <w:rsid w:val="004B1FFE"/>
     <w:rsid w:val="004B2F8C"/>
     <w:rsid w:val="004B4EDE"/>
     <w:rsid w:val="004B589F"/>
     <w:rsid w:val="004B661B"/>
     <w:rsid w:val="004B76DC"/>
     <w:rsid w:val="004C0B2C"/>
     <w:rsid w:val="004C3BEB"/>
     <w:rsid w:val="004C59ED"/>
     <w:rsid w:val="004C65D5"/>
+    <w:rsid w:val="004D3662"/>
     <w:rsid w:val="004D7295"/>
     <w:rsid w:val="004E140A"/>
     <w:rsid w:val="004E154B"/>
     <w:rsid w:val="004E1914"/>
     <w:rsid w:val="004E3613"/>
     <w:rsid w:val="004E3AFD"/>
     <w:rsid w:val="004E3CAD"/>
     <w:rsid w:val="004E6C69"/>
     <w:rsid w:val="004F101E"/>
     <w:rsid w:val="004F2A11"/>
     <w:rsid w:val="004F2E0F"/>
     <w:rsid w:val="004F3166"/>
     <w:rsid w:val="004F3208"/>
     <w:rsid w:val="004F54D2"/>
     <w:rsid w:val="004F6193"/>
     <w:rsid w:val="00501713"/>
     <w:rsid w:val="00505F41"/>
     <w:rsid w:val="0050794C"/>
     <w:rsid w:val="0051075B"/>
     <w:rsid w:val="00511236"/>
     <w:rsid w:val="00511539"/>
     <w:rsid w:val="00512DE0"/>
     <w:rsid w:val="0051361F"/>
     <w:rsid w:val="00515455"/>
     <w:rsid w:val="00516317"/>
     <w:rsid w:val="005174FF"/>
     <w:rsid w:val="00520EC3"/>
     <w:rsid w:val="0052138C"/>
     <w:rsid w:val="005213A1"/>
     <w:rsid w:val="00523362"/>
     <w:rsid w:val="00523B26"/>
     <w:rsid w:val="0052442F"/>
     <w:rsid w:val="00526CFA"/>
     <w:rsid w:val="00530CAF"/>
     <w:rsid w:val="0053172B"/>
     <w:rsid w:val="00532941"/>
+    <w:rsid w:val="00534A77"/>
     <w:rsid w:val="00535A39"/>
     <w:rsid w:val="005373E3"/>
     <w:rsid w:val="00537BEA"/>
     <w:rsid w:val="00540DCE"/>
     <w:rsid w:val="00540DD7"/>
     <w:rsid w:val="00541F86"/>
     <w:rsid w:val="00541FCB"/>
     <w:rsid w:val="0054283A"/>
     <w:rsid w:val="00545E9C"/>
     <w:rsid w:val="00547658"/>
     <w:rsid w:val="0054768C"/>
     <w:rsid w:val="0055649A"/>
     <w:rsid w:val="00563102"/>
+    <w:rsid w:val="0057129F"/>
     <w:rsid w:val="00572013"/>
     <w:rsid w:val="00573257"/>
     <w:rsid w:val="005778F7"/>
     <w:rsid w:val="00577A3F"/>
     <w:rsid w:val="005805DF"/>
     <w:rsid w:val="00581C6C"/>
     <w:rsid w:val="0058326E"/>
     <w:rsid w:val="005833B8"/>
     <w:rsid w:val="00583A03"/>
     <w:rsid w:val="005841BA"/>
     <w:rsid w:val="00584301"/>
     <w:rsid w:val="00585175"/>
     <w:rsid w:val="005877F2"/>
     <w:rsid w:val="00592442"/>
     <w:rsid w:val="0059283B"/>
     <w:rsid w:val="00593E92"/>
     <w:rsid w:val="005949F1"/>
     <w:rsid w:val="005956F7"/>
     <w:rsid w:val="00595CB2"/>
     <w:rsid w:val="005978C8"/>
     <w:rsid w:val="005A0A0F"/>
     <w:rsid w:val="005A1AD0"/>
     <w:rsid w:val="005A2361"/>
     <w:rsid w:val="005A24ED"/>
     <w:rsid w:val="005A2573"/>
@@ -6949,74 +6694,77 @@
     <w:rsid w:val="006925E2"/>
     <w:rsid w:val="006A0231"/>
     <w:rsid w:val="006A090C"/>
     <w:rsid w:val="006A1384"/>
     <w:rsid w:val="006A34DA"/>
     <w:rsid w:val="006A6AEE"/>
     <w:rsid w:val="006B027E"/>
     <w:rsid w:val="006B0965"/>
     <w:rsid w:val="006B28BA"/>
     <w:rsid w:val="006B6754"/>
     <w:rsid w:val="006B71FD"/>
     <w:rsid w:val="006C0661"/>
     <w:rsid w:val="006C0E3B"/>
     <w:rsid w:val="006C18AF"/>
     <w:rsid w:val="006C1D12"/>
     <w:rsid w:val="006D29E6"/>
     <w:rsid w:val="006D449D"/>
     <w:rsid w:val="006D5851"/>
     <w:rsid w:val="006D5C19"/>
     <w:rsid w:val="006D5DAA"/>
     <w:rsid w:val="006D60D9"/>
     <w:rsid w:val="006D6178"/>
     <w:rsid w:val="006E0184"/>
     <w:rsid w:val="006E361D"/>
     <w:rsid w:val="006E3810"/>
+    <w:rsid w:val="006E3DD1"/>
     <w:rsid w:val="006E44B1"/>
     <w:rsid w:val="006E492E"/>
     <w:rsid w:val="006E4C9D"/>
     <w:rsid w:val="006E5DCF"/>
     <w:rsid w:val="006E669C"/>
     <w:rsid w:val="006E786F"/>
     <w:rsid w:val="006F01C3"/>
     <w:rsid w:val="006F23A9"/>
     <w:rsid w:val="006F5914"/>
     <w:rsid w:val="006F5B9E"/>
     <w:rsid w:val="006F7480"/>
     <w:rsid w:val="0070124C"/>
     <w:rsid w:val="007017C6"/>
     <w:rsid w:val="007027BB"/>
     <w:rsid w:val="00705140"/>
     <w:rsid w:val="007066C5"/>
     <w:rsid w:val="00712FFF"/>
     <w:rsid w:val="007142C8"/>
     <w:rsid w:val="00717A32"/>
     <w:rsid w:val="00720729"/>
     <w:rsid w:val="007212E2"/>
     <w:rsid w:val="00723DEB"/>
     <w:rsid w:val="007240E7"/>
+    <w:rsid w:val="0072434A"/>
     <w:rsid w:val="00731AEB"/>
+    <w:rsid w:val="007325CE"/>
     <w:rsid w:val="00740C36"/>
     <w:rsid w:val="00741A8F"/>
     <w:rsid w:val="00742008"/>
     <w:rsid w:val="00743BA0"/>
     <w:rsid w:val="00747DFD"/>
     <w:rsid w:val="00754329"/>
     <w:rsid w:val="0075442C"/>
     <w:rsid w:val="007547A1"/>
     <w:rsid w:val="00756A93"/>
     <w:rsid w:val="0075769A"/>
     <w:rsid w:val="00765DEF"/>
     <w:rsid w:val="00766E46"/>
     <w:rsid w:val="00770E6E"/>
     <w:rsid w:val="00771A7C"/>
     <w:rsid w:val="0077230A"/>
     <w:rsid w:val="00772725"/>
     <w:rsid w:val="00773EB7"/>
     <w:rsid w:val="007751AA"/>
     <w:rsid w:val="00775349"/>
     <w:rsid w:val="00777AD7"/>
     <w:rsid w:val="007912CE"/>
     <w:rsid w:val="0079451D"/>
     <w:rsid w:val="007A04C8"/>
     <w:rsid w:val="007A3102"/>
     <w:rsid w:val="007A3B30"/>
@@ -7183,50 +6931,51 @@
     <w:rsid w:val="00981E5F"/>
     <w:rsid w:val="00983846"/>
     <w:rsid w:val="00990CC8"/>
     <w:rsid w:val="0099227E"/>
     <w:rsid w:val="009949C5"/>
     <w:rsid w:val="00994B23"/>
     <w:rsid w:val="009A19B2"/>
     <w:rsid w:val="009A3C69"/>
     <w:rsid w:val="009B3EC0"/>
     <w:rsid w:val="009B5FE8"/>
     <w:rsid w:val="009B62B1"/>
     <w:rsid w:val="009B76C2"/>
     <w:rsid w:val="009C080D"/>
     <w:rsid w:val="009C5293"/>
     <w:rsid w:val="009D41DF"/>
     <w:rsid w:val="009D709E"/>
     <w:rsid w:val="009E0249"/>
     <w:rsid w:val="009E055A"/>
     <w:rsid w:val="009E0F0F"/>
     <w:rsid w:val="009E36AC"/>
     <w:rsid w:val="009E4FB4"/>
     <w:rsid w:val="009E5694"/>
     <w:rsid w:val="009E585B"/>
     <w:rsid w:val="009F040E"/>
     <w:rsid w:val="009F1197"/>
+    <w:rsid w:val="009F26F7"/>
     <w:rsid w:val="00A01765"/>
     <w:rsid w:val="00A02DD3"/>
     <w:rsid w:val="00A04D6C"/>
     <w:rsid w:val="00A05622"/>
     <w:rsid w:val="00A1136A"/>
     <w:rsid w:val="00A11BEB"/>
     <w:rsid w:val="00A16250"/>
     <w:rsid w:val="00A17296"/>
     <w:rsid w:val="00A17D28"/>
     <w:rsid w:val="00A21621"/>
     <w:rsid w:val="00A22457"/>
     <w:rsid w:val="00A22900"/>
     <w:rsid w:val="00A31E71"/>
     <w:rsid w:val="00A3340E"/>
     <w:rsid w:val="00A40A58"/>
     <w:rsid w:val="00A42248"/>
     <w:rsid w:val="00A426C8"/>
     <w:rsid w:val="00A42ABF"/>
     <w:rsid w:val="00A4427E"/>
     <w:rsid w:val="00A46733"/>
     <w:rsid w:val="00A46ECF"/>
     <w:rsid w:val="00A47588"/>
     <w:rsid w:val="00A477B8"/>
     <w:rsid w:val="00A47AD5"/>
     <w:rsid w:val="00A47F03"/>
@@ -7264,55 +7013,57 @@
     <w:rsid w:val="00AC1F08"/>
     <w:rsid w:val="00AC60ED"/>
     <w:rsid w:val="00AD2373"/>
     <w:rsid w:val="00AD564C"/>
     <w:rsid w:val="00AD7639"/>
     <w:rsid w:val="00AE3182"/>
     <w:rsid w:val="00AE43A3"/>
     <w:rsid w:val="00AF095A"/>
     <w:rsid w:val="00AF1119"/>
     <w:rsid w:val="00AF2BB1"/>
     <w:rsid w:val="00AF59C3"/>
     <w:rsid w:val="00B011BB"/>
     <w:rsid w:val="00B0163B"/>
     <w:rsid w:val="00B04312"/>
     <w:rsid w:val="00B0539A"/>
     <w:rsid w:val="00B06669"/>
     <w:rsid w:val="00B06F09"/>
     <w:rsid w:val="00B07DF0"/>
     <w:rsid w:val="00B14782"/>
     <w:rsid w:val="00B14B32"/>
     <w:rsid w:val="00B14BA4"/>
     <w:rsid w:val="00B14C9C"/>
     <w:rsid w:val="00B14E05"/>
     <w:rsid w:val="00B162E1"/>
     <w:rsid w:val="00B17156"/>
+    <w:rsid w:val="00B1763E"/>
     <w:rsid w:val="00B17A29"/>
     <w:rsid w:val="00B17D85"/>
     <w:rsid w:val="00B21966"/>
     <w:rsid w:val="00B228B1"/>
     <w:rsid w:val="00B2363C"/>
+    <w:rsid w:val="00B2436D"/>
     <w:rsid w:val="00B252F9"/>
     <w:rsid w:val="00B25977"/>
     <w:rsid w:val="00B271D8"/>
     <w:rsid w:val="00B27C45"/>
     <w:rsid w:val="00B313EB"/>
     <w:rsid w:val="00B3198A"/>
     <w:rsid w:val="00B34812"/>
     <w:rsid w:val="00B357AE"/>
     <w:rsid w:val="00B37E57"/>
     <w:rsid w:val="00B42FA5"/>
     <w:rsid w:val="00B514D3"/>
     <w:rsid w:val="00B51BC7"/>
     <w:rsid w:val="00B52134"/>
     <w:rsid w:val="00B56063"/>
     <w:rsid w:val="00B570B0"/>
     <w:rsid w:val="00B57714"/>
     <w:rsid w:val="00B61620"/>
     <w:rsid w:val="00B64061"/>
     <w:rsid w:val="00B65BB6"/>
     <w:rsid w:val="00B7048C"/>
     <w:rsid w:val="00B71D8A"/>
     <w:rsid w:val="00B73F7D"/>
     <w:rsid w:val="00B743B9"/>
     <w:rsid w:val="00B768D7"/>
     <w:rsid w:val="00B778A3"/>
@@ -7380,50 +7131,51 @@
     <w:rsid w:val="00C40E59"/>
     <w:rsid w:val="00C418BF"/>
     <w:rsid w:val="00C4258F"/>
     <w:rsid w:val="00C44562"/>
     <w:rsid w:val="00C453FB"/>
     <w:rsid w:val="00C50166"/>
     <w:rsid w:val="00C502FF"/>
     <w:rsid w:val="00C55BED"/>
     <w:rsid w:val="00C55D03"/>
     <w:rsid w:val="00C55F3E"/>
     <w:rsid w:val="00C57311"/>
     <w:rsid w:val="00C61929"/>
     <w:rsid w:val="00C62E71"/>
     <w:rsid w:val="00C63059"/>
     <w:rsid w:val="00C631FE"/>
     <w:rsid w:val="00C63C08"/>
     <w:rsid w:val="00C64BD4"/>
     <w:rsid w:val="00C653EC"/>
     <w:rsid w:val="00C66CCC"/>
     <w:rsid w:val="00C676A4"/>
     <w:rsid w:val="00C700B6"/>
     <w:rsid w:val="00C7182A"/>
     <w:rsid w:val="00C72659"/>
     <w:rsid w:val="00C734AC"/>
     <w:rsid w:val="00C73BD7"/>
+    <w:rsid w:val="00C76F75"/>
     <w:rsid w:val="00C80CAC"/>
     <w:rsid w:val="00C8516B"/>
     <w:rsid w:val="00C854C1"/>
     <w:rsid w:val="00C85B81"/>
     <w:rsid w:val="00C9178F"/>
     <w:rsid w:val="00C93F76"/>
     <w:rsid w:val="00C9655A"/>
     <w:rsid w:val="00C96FCA"/>
     <w:rsid w:val="00C9754D"/>
     <w:rsid w:val="00C975DF"/>
     <w:rsid w:val="00CA5D84"/>
     <w:rsid w:val="00CB1F96"/>
     <w:rsid w:val="00CC1960"/>
     <w:rsid w:val="00CD44B9"/>
     <w:rsid w:val="00CE1CF3"/>
     <w:rsid w:val="00CE70F3"/>
     <w:rsid w:val="00CE7659"/>
     <w:rsid w:val="00CF0E18"/>
     <w:rsid w:val="00CF29A4"/>
     <w:rsid w:val="00CF2F2E"/>
     <w:rsid w:val="00CF624D"/>
     <w:rsid w:val="00CF6E34"/>
     <w:rsid w:val="00D066D9"/>
     <w:rsid w:val="00D076EF"/>
     <w:rsid w:val="00D108C5"/>
@@ -7495,50 +7247,51 @@
     <w:rsid w:val="00DC2DC5"/>
     <w:rsid w:val="00DC341B"/>
     <w:rsid w:val="00DD35E7"/>
     <w:rsid w:val="00DD5486"/>
     <w:rsid w:val="00DD650E"/>
     <w:rsid w:val="00DD7968"/>
     <w:rsid w:val="00DE0B7E"/>
     <w:rsid w:val="00DE1418"/>
     <w:rsid w:val="00DE2205"/>
     <w:rsid w:val="00DE421E"/>
     <w:rsid w:val="00DE5454"/>
     <w:rsid w:val="00DE7F41"/>
     <w:rsid w:val="00DF0F50"/>
     <w:rsid w:val="00DF2309"/>
     <w:rsid w:val="00DF28DC"/>
     <w:rsid w:val="00DF3915"/>
     <w:rsid w:val="00DF44AC"/>
     <w:rsid w:val="00DF4CE2"/>
     <w:rsid w:val="00E0168F"/>
     <w:rsid w:val="00E12071"/>
     <w:rsid w:val="00E12660"/>
     <w:rsid w:val="00E12838"/>
     <w:rsid w:val="00E15BBF"/>
     <w:rsid w:val="00E15E62"/>
     <w:rsid w:val="00E15ECD"/>
+    <w:rsid w:val="00E172AB"/>
     <w:rsid w:val="00E23F00"/>
     <w:rsid w:val="00E2599A"/>
     <w:rsid w:val="00E26A0F"/>
     <w:rsid w:val="00E30F85"/>
     <w:rsid w:val="00E318D4"/>
     <w:rsid w:val="00E339EE"/>
     <w:rsid w:val="00E3557A"/>
     <w:rsid w:val="00E4014C"/>
     <w:rsid w:val="00E401FC"/>
     <w:rsid w:val="00E42D1B"/>
     <w:rsid w:val="00E46667"/>
     <w:rsid w:val="00E46C0B"/>
     <w:rsid w:val="00E46FAB"/>
     <w:rsid w:val="00E474DC"/>
     <w:rsid w:val="00E5155C"/>
     <w:rsid w:val="00E55EA9"/>
     <w:rsid w:val="00E56307"/>
     <w:rsid w:val="00E56D55"/>
     <w:rsid w:val="00E56F52"/>
     <w:rsid w:val="00E57F76"/>
     <w:rsid w:val="00E60696"/>
     <w:rsid w:val="00E62028"/>
     <w:rsid w:val="00E6393C"/>
     <w:rsid w:val="00E678FF"/>
     <w:rsid w:val="00E67E51"/>
@@ -8218,50 +7971,51 @@
       <w:b/>
       <w:bCs/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00097958"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:right="-4041"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-AU" w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
@@ -9131,50 +8885,103 @@
     <w:rsid w:val="00A40A58"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-AU" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IJMMSParagraph">
     <w:name w:val="IJMMS Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="IJMMSParagraphChar"/>
     <w:rsid w:val="00A40A58"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="340" w:lineRule="atLeast"/>
       <w:ind w:firstLine="215"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-AU" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0057129F"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0057129F"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0057129F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0057129F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0057129F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="147286521">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="166331985">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -11268,51 +11075,51 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2056729567">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author_corresponding@pmpm.or.id" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4014/jmb.1308.08060" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:author_corresponding@pmpm.or.id" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.4014/jmb.1308.08060" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.51574/kognitif" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -11579,67 +11386,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29A290B9-0797-4CC9-A908-56F70C1EA254}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1093</Words>
-  <Characters>6231</Characters>
+  <Words>1095</Words>
+  <Characters>6248</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sebuah Kajian Pustaka:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>cairo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7310</CharactersWithSpaces>
+  <CharactersWithSpaces>7329</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Sebuah Kajian Pustaka:</dc:title>
   <dc:creator>cairo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>